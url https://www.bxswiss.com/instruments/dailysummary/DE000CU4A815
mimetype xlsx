--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2864dd72b96947b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21bb00abfe9a45e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fce9f2c200f434a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08f50c07f7824824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd0ebf58fabe4a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fce9f2c200f434a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d4b99a4dbd42cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08f50c07f7824824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4A815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>0,629</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,562</x:t>
-[...11 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>0,269</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>0,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>