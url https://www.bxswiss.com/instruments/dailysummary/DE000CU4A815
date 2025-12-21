--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21bb00abfe9a45e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6febd02938b4ed8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08f50c07f7824824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44609d3296c7424c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d4b99a4dbd42cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08f50c07f7824824" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2eba2c09c7a4082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44609d3296c7424c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4A815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>0,377</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>0,243</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>