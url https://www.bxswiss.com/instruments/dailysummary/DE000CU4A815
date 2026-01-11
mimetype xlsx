--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6febd02938b4ed8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R403645804f61402c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44609d3296c7424c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce1867760d240a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2eba2c09c7a4082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44609d3296c7424c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R137ced81d59946c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce1867760d240a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4A815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,414</x:t>
-[...161 lines deleted...]
-          <x:t>0,320</x:t>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,267</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>0,326</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>