--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R403645804f61402c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b65e8f53814422" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce1867760d240a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0773c99a9054f90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R137ced81d59946c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce1867760d240a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4161d6722124868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0773c99a9054f90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4A815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,341</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>0,413</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>