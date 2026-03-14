--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b65e8f53814422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2929599e32f4160" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0773c99a9054f90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R528a37582f6748a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4161d6722124868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0773c99a9054f90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46e7c6cfac5e420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R528a37582f6748a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4A815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,530</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,299</x:t>
-[...620 lines deleted...]
-          <x:t>1,390</x:t>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>