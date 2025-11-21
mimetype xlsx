--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d069d047364ab3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7944f9412884352" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbafc2a9bc9ac4268"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4286575a94c4dd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce1f311d7dd74878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbafc2a9bc9ac4268" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54616f51180646b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4286575a94c4dd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL8NZK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>27,755</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,355</x:t>
-[...598 lines deleted...]
-          <x:t>29,090</x:t>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>