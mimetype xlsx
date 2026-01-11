--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7944f9412884352" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7353d7b7d9db49b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4286575a94c4dd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410c09ad7075419f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54616f51180646b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4286575a94c4dd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ca21178d5f34f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410c09ad7075419f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL8NZK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...566 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,995</x:t>
+          <x:t>25,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,940</x:t>
-[...53 lines deleted...]
-          <x:t>24,485</x:t>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>