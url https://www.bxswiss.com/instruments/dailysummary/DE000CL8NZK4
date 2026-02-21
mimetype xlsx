--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7353d7b7d9db49b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R598c612fe59d4edb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410c09ad7075419f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cb7f19cd2d3424d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ca21178d5f34f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410c09ad7075419f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856a1216b4c84c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cb7f19cd2d3424d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL8NZK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,575</x:t>
-[...80 lines deleted...]
-          <x:t>24,805</x:t>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,695</x:t>
-[...33 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>24,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,585</x:t>
-[...26 lines deleted...]
-          <x:t>24,235</x:t>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,125</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>24,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>