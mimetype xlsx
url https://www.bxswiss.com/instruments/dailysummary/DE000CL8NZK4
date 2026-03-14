--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R598c612fe59d4edb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f42979c2464ad8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cb7f19cd2d3424d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71c0a6f9397c4e3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856a1216b4c84c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cb7f19cd2d3424d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re04bc3ddd3db4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71c0a6f9397c4e3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Byd Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL8NZK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>24,605</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>22,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>24,215</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,935</x:t>
-[...11 lines deleted...]
-          <x:t>24,015</x:t>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,765</x:t>
-[...53 lines deleted...]
-          <x:t>23,895</x:t>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>24,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>