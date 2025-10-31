--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7943804dc9043c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf1e1a02cad144af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a2a3617a374e5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b1eb5c6753e4d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85d829442a6647f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a2a3617a374e5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R771c17d057ee45b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b1eb5c6753e4d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL87DM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>44,855</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,985</x:t>
-[...210 lines deleted...]
-          <x:t>45,595</x:t>
+          <x:t>44,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>47,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>46,485</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>