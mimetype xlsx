--- v1 (2025-10-31)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf1e1a02cad144af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b4221077424d4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b1eb5c6753e4d26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8114798d453a4845"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R771c17d057ee45b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b1eb5c6753e4d26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48d397fb76c64385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8114798d453a4845" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL87DM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,205</x:t>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,805</x:t>
-[...350 lines deleted...]
-          <x:t>46,925</x:t>
+          <x:t>43,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>