--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e41d11a99574f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f61cac3fe24bf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e4d294d315041b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e36d35660d445e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3b68af3866415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e4d294d315041b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d3cd1b9e797474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e36d35660d445e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL7QDC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>9,040</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...332 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,485</x:t>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>