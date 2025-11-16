--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f61cac3fe24bf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9478bd0166154bbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e36d35660d445e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra854fa60ecfb423d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d3cd1b9e797474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e36d35660d445e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b8361c518e4cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra854fa60ecfb423d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL7QDC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>9,100</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,485</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>10,025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>