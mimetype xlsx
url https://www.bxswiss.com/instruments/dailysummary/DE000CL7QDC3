--- v2 (2025-11-16)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9478bd0166154bbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8561a161ecb40e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra854fa60ecfb423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1d35dd7e95b4142"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b8361c518e4cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra854fa60ecfb423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf6061852814e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1d35dd7e95b4142" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL7QDC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>9,515</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>