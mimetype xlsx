--- v3 (2026-01-08)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8561a161ecb40e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf7927a63a24fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1d35dd7e95b4142"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21704c7061a646f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf6061852814e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1d35dd7e95b4142" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R213d46f6105a4a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21704c7061a646f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL7QDC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>7,955</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,925</x:t>
-[...16 lines deleted...]
-          <x:t>7,795</x:t>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,625</x:t>
-[...38 lines deleted...]
-          <x:t>7,710</x:t>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,805</x:t>
-        </x:is>
-[...359 lines deleted...]
-          <x:t>7,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>