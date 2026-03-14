--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf7927a63a24fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc7362503064728" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21704c7061a646f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e085a07141245f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R213d46f6105a4a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21704c7061a646f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97dd46c9a5414649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e085a07141245f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL7QDC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>7,295</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,295</x:t>
-[...11 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>7,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>7,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,590</x:t>
-[...6 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,635</x:t>
-[...124 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,005</x:t>
-[...144 lines deleted...]
-          <x:t>7,805</x:t>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>