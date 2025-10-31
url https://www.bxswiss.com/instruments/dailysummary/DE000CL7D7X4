--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd48076f872453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77db3e8ef1534035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac36d8b21f554cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4809f07b8b1941c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd7754989dde48ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac36d8b21f554cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841dfc486b4f435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4809f07b8b1941c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL7D7X4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,717</x:t>
-[...85 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,422</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,409</x:t>
-[...38 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,473</x:t>
-[...117 lines deleted...]
-          <x:t>0,690</x:t>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>