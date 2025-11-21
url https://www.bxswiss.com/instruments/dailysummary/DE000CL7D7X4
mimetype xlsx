--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77db3e8ef1534035" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R321c482ed1624f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4809f07b8b1941c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f13b69ccfa4b34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841dfc486b4f435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4809f07b8b1941c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b6f4336917e48aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f13b69ccfa4b34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL7D7X4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,406</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
-        </x:is>
-[...457 lines deleted...]
-          <x:t>0,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>