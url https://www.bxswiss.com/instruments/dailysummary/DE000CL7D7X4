--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R321c482ed1624f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc10d8a23e30e402d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f13b69ccfa4b34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R843057da61394b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b6f4336917e48aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f13b69ccfa4b34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6b90d3c6d8f40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R843057da61394b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL7D7X4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,649</x:t>
-[...436 lines deleted...]
-          <x:t>0,647</x:t>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,691</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,605</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>