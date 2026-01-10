--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc10d8a23e30e402d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a6eb1510714b6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R843057da61394b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racf67f0f52ca4a27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6b90d3c6d8f40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R843057da61394b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90e4322566364307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racf67f0f52ca4a27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL7D7X4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,891</x:t>
+          <x:t>0,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,874</x:t>
-[...393 lines deleted...]
-        <x:is>
           <x:t>0,840</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>0,860</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>