--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a6eb1510714b6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2d43730676d4a67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racf67f0f52ca4a27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac04421a6964eac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90e4322566364307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racf67f0f52ca4a27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33be58e7f3594423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac04421a6964eac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL7D7X4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,902</x:t>
-        </x:is>
-[...472 lines deleted...]
-          <x:t>0,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>