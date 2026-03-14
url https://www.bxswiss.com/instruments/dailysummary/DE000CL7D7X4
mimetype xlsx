--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2d43730676d4a67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R490eb4afb2cf4139" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac04421a6964eac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97bccf73e4f542ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33be58e7f3594423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac04421a6964eac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34e3e895a2a24294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97bccf73e4f542ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL7D7X4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,639</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,738</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>0,663</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,696</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,660</x:t>
-[...458 lines deleted...]
-          <x:t>0,902</x:t>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>