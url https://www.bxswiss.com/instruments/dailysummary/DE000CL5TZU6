--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdcd270d112f4efe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf724ee066164a83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c1d602f06a74bd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1fa3d1810eb48a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R442e24f028424327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c1d602f06a74bd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d279c63869b4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1fa3d1810eb48a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Advanced Micro Devices</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TZU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>10,615</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>10,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,855</x:t>
-[...53 lines deleted...]
-          <x:t>10,045</x:t>
+          <x:t>10,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,390</x:t>
-[...75 lines deleted...]
-          <x:t>9,975</x:t>
+          <x:t>10,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,830</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>10,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,120</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>