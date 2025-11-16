--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf724ee066164a83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bff7402da3415a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1fa3d1810eb48a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re40759e5252d445c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d279c63869b4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1fa3d1810eb48a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb176681e1df248a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re40759e5252d445c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Advanced Micro Devices</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TZU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,765</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>16,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,500</x:t>
         </x:is>
       </x:c>
@@ -732,36 +354,441 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>