--- v2 (2025-11-16)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bff7402da3415a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2943000243e24260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re40759e5252d445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad742a67179442d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb176681e1df248a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re40759e5252d445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59988e2779b24c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad742a67179442d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Advanced Micro Devices</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TZU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>16,565</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,435</x:t>
-[...593 lines deleted...]
-          <x:t>17,385</x:t>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>