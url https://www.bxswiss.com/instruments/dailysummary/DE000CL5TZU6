--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2943000243e24260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3333c5de48b4461b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad742a67179442d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re65d81c0c57a421a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59988e2779b24c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad742a67179442d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa942225b12046ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re65d81c0c57a421a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Advanced Micro Devices</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TZU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>14,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>