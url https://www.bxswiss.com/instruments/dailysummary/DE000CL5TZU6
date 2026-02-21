--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3333c5de48b4461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b80c67064974864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re65d81c0c57a421a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2ce0d1cfa1f4c0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa942225b12046ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re65d81c0c57a421a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R042a19afd5a64300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2ce0d1cfa1f4c0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Advanced Micro Devices</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TZU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,380</x:t>
-[...134 lines deleted...]
-          <x:t>14,445</x:t>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,435</x:t>
-[...296 lines deleted...]
-          <x:t>14,015</x:t>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>