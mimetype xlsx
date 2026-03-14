--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b80c67064974864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f4d6388bb84866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2ce0d1cfa1f4c0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6889370b97f94192"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R042a19afd5a64300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2ce0d1cfa1f4c0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca156fc9e104b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6889370b97f94192" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Advanced Micro Devices</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TZU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>13,295</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>14,105</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,075</x:t>
-[...48 lines deleted...]
-          <x:t>13,685</x:t>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
-[...36 lines deleted...]
-          <x:t>13,645</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,435</x:t>
-[...134 lines deleted...]
-          <x:t>13,155</x:t>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>