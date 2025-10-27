--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e3d12d41a0402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6514a0ee4c344a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R350b46cd49094c30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5754ff2a35bf40a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R250a35cd55b74b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R350b46cd49094c30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdf6e3936e67458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5754ff2a35bf40a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on IBEX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>88,435</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...369 lines deleted...]
-          <x:t>90,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>90,200</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>