--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6514a0ee4c344a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra369e20c682f435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5754ff2a35bf40a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78dd080289f2481b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdf6e3936e67458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5754ff2a35bf40a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R276196d674a14926" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78dd080289f2481b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on IBEX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>90,415</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,720</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,805</x:t>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>