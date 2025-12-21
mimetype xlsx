--- v2 (2025-11-16)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra369e20c682f435a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c8a0eb3f40543b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78dd080289f2481b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24cd9a0259414811"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R276196d674a14926" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78dd080289f2481b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56fa4d8106c541b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24cd9a0259414811" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on IBEX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>95,135</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.11.2025</x:t>
-[...100 lines deleted...]
-          <x:t>96,865</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>