--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c8a0eb3f40543b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93b23f634b734184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24cd9a0259414811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25bd2bf5614d4c52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56fa4d8106c541b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24cd9a0259414811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bbcc427b64f4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25bd2bf5614d4c52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on IBEX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>100,920</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>