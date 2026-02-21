--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93b23f634b734184" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f68ecd5f56045ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25bd2bf5614d4c52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e2370d4d1640a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bbcc427b64f4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25bd2bf5614d4c52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8cb16878e9a4d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e2370d4d1640a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on IBEX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,375</x:t>
-[...90 lines deleted...]
-          <x:t>110,005</x:t>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>