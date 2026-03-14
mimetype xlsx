--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f68ecd5f56045ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f5347c2abab4d8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e2370d4d1640a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e56114af7df4a24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8cb16878e9a4d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e2370d4d1640a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R707f83e9a35b47cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e56114af7df4a24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on IBEX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL5TA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>105,905</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>108,745</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,395</x:t>
-[...53 lines deleted...]
-          <x:t>109,430</x:t>
+          <x:t>108,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>112,445</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,035</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>110,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,095</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>112,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>