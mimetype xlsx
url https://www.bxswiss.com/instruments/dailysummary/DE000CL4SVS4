--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c57400d9f624843" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea719846f2544bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7965849c5570414f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ed1465ebff4fdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab07477d5b44dd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7965849c5570414f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6865736395f74944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ed1465ebff4fdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SVS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>