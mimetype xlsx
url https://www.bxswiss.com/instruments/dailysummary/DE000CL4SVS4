--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea719846f2544bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4793d59b1f6e427d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ed1465ebff4fdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1415a611e8984d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6865736395f74944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ed1465ebff4fdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5f349a526e948bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1415a611e8984d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SVS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>26,315</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,245</x:t>
-[...328 lines deleted...]
-          <x:t>26,180</x:t>
+          <x:t>28,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>