--- v2 (2025-11-16)
+++ v3 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4793d59b1f6e427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a7abc6db894efd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1415a611e8984d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R698c249300e644f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5f349a526e948bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1415a611e8984d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R561003982eaa418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R698c249300e644f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SVS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>28,180</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>