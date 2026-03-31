--- v3 (2026-02-19)
+++ v4 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a7abc6db894efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1da63729b74309" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R698c249300e644f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f12db9ce34747ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R561003982eaa418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R698c249300e644f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R052409e7ed5e4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f12db9ce34747ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SVS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,265</x:t>
-[...225 lines deleted...]
-          <x:t>47,465</x:t>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>