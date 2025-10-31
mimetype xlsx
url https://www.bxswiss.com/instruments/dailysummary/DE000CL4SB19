--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf8764c042246a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13ba246a2ed64791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e250714d967495b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R376830e9f63344a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9afb91cddaf4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e250714d967495b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c887b6e8257426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R376830e9f63344a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SB19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,325</x:t>
-[...16 lines deleted...]
-          <x:t>4,365</x:t>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,295</x:t>
-[...539 lines deleted...]
-          <x:t>4,420</x:t>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>