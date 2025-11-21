--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13ba246a2ed64791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a84fa198964506" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R376830e9f63344a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd62786c9b8341e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c887b6e8257426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R376830e9f63344a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92b9f7c3429d4b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd62786c9b8341e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SB19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>4,285</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,225</x:t>
-[...33 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,200</x:t>
-[...43 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,030</x:t>
-[...274 lines deleted...]
-          <x:t>4,100</x:t>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>