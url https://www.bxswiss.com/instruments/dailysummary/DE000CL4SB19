--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a84fa198964506" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90945d2dc3bc4d6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd62786c9b8341e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e862b49006845de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92b9f7c3429d4b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd62786c9b8341e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76dee0d134bb4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e862b49006845de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SB19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>4,125</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,760</x:t>
-[...48 lines deleted...]
-          <x:t>3,670</x:t>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,720</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>3,700</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>3,315</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>