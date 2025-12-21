--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90945d2dc3bc4d6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2c0d4ece3eb42df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e862b49006845de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2caf6d68a7fd47aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76dee0d134bb4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e862b49006845de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b4c77b16f5b42c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2caf6d68a7fd47aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SB19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>