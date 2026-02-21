--- v4 (2025-12-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2c0d4ece3eb42df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89dfa5006c904b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2caf6d68a7fd47aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e0a3a6ec8f3485c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b4c77b16f5b42c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2caf6d68a7fd47aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ece534d407d4d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e0a3a6ec8f3485c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SB19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,205</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,280</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>3,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>