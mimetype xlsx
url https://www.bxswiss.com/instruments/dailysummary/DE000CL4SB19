--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89dfa5006c904b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6273ec9434d04792" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e0a3a6ec8f3485c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4041fbd8bab49a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ece534d407d4d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e0a3a6ec8f3485c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redc50ade87d54788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4041fbd8bab49a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SB19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>3,085</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,400</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,420</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,420</x:t>
-[...87 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,160</x:t>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,000</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...397 lines deleted...]
-          <x:t>3,400</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>