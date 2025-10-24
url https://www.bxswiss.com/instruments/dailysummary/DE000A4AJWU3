--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f0e71efe0064dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3194a7763bbf4548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d2a7676b71b4c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf62cfe6a42694db2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92f90e7b47504da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d2a7676b71b4c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc373dea44cc4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf62cfe6a42694db2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Aptos Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A4AJWU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>3,481</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,491</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>3,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...194 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,535</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>3,517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,434</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>