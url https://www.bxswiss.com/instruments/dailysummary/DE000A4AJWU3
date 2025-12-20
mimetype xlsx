--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3194a7763bbf4548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51bddc17e8474ef1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf62cfe6a42694db2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R690a905597874ac1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc373dea44cc4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf62cfe6a42694db2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6f788986e974568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R690a905597874ac1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Aptos Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A4AJWU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>2,399</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,544</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>2,666</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>