--- v2 (2025-12-20)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51bddc17e8474ef1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec2d4f805b84e8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R690a905597874ac1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcacb00f06d3949a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6f788986e974568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R690a905597874ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3afa7794307b4e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcacb00f06d3949a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Aptos Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A4AJWU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>1,552</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,523</x:t>
-[...276 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,319</x:t>
-[...16 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,348</x:t>
-[...63 lines deleted...]
-          <x:t>1,327</x:t>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>