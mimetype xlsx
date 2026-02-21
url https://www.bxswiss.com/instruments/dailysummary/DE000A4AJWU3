--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec2d4f805b84e8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83fb2f37689d4868" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcacb00f06d3949a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca40883b45ab4d30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3afa7794307b4e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcacb00f06d3949a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ff1024906d4fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca40883b45ab4d30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Aptos Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A4AJWU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>