--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83fb2f37689d4868" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0babbc498e4533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca40883b45ab4d30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c1a90deaf6430c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ff1024906d4fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca40883b45ab4d30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e405a0cd3774d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c1a90deaf6430c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Aptos Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A4AJWU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>0,910</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,907</x:t>
-[...16 lines deleted...]
-          <x:t>0,849</x:t>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,823</x:t>
-[...6 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,802</x:t>
-[...4 lines deleted...]
-          <x:t>0,771</x:t>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,778</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,705</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>