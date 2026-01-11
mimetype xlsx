--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fdfcccd5fb741d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc22c91e8d04a48c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R840df414c3e948b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ae98cfeed445b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48859cf53305451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R840df414c3e948b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac35f0913a0b488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ae98cfeed445b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Crypto Leaders ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GWEU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>10,427</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>