--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc22c91e8d04a48c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cf88f9220f4488c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ae98cfeed445b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04099514d81f4c7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac35f0913a0b488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ae98cfeed445b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab5c75ea29f4247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04099514d81f4c7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Crypto Leaders ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GWEU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>7,944</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,831</x:t>
-[...269 lines deleted...]
-          <x:t>8,375</x:t>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>