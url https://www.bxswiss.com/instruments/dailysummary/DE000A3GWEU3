--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cf88f9220f4488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9562f2db32af46e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04099514d81f4c7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84ea5a2971f14d89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab5c75ea29f4247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04099514d81f4c7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb747f47b71474ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84ea5a2971f14d89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Crypto Leaders ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GWEU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>5,507</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>5,543</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>