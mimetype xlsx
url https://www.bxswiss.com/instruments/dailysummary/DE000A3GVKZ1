--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea28bd71f62d4f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc81a5e7c7b4cfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37ed417055af44fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276c9354948340bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0857774a60084895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37ed417055af44fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R424c8f9f33084263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276c9354948340bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GVKZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>17,066</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>