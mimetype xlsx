--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc81a5e7c7b4cfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dcc11da3575434c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276c9354948340bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra12627dead0a4de7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R424c8f9f33084263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276c9354948340bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41f2c040def94e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra12627dead0a4de7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GVKZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>9,060</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,371</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>9,260</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>