--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dcc11da3575434c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbead27b27c9a4768" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra12627dead0a4de7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb961cbea6e45a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41f2c040def94e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra12627dead0a4de7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c8bb6033d774519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb961cbea6e45a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GVKZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>9,559</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,451</x:t>
-[...141 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>9,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,344</x:t>
-[...171 lines deleted...]
-          <x:t>10,317</x:t>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>