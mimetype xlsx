--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbead27b27c9a4768" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R561d6a89cf554f8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb961cbea6e45a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc998d38f1cec44d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c8bb6033d774519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb961cbea6e45a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc130a4cb3e844d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc998d38f1cec44d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GVKZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>6,087</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,041</x:t>
-[...6 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,976</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>5,994</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,947</x:t>
-[...215 lines deleted...]
-          <x:t>5,991</x:t>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>