--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5a7edc02e74dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8461d0b9a444c9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49519f891e22480a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2d78c8701874de3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48d69bd2690f425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49519f891e22480a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R290fe2a2910b436d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2d78c8701874de3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Polygon ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GV1U5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,598</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>