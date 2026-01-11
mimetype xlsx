--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8461d0b9a444c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8051c69379964fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2d78c8701874de3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff8da31fac3b4370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R290fe2a2910b436d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2d78c8701874de3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62fb6142f0e54c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff8da31fac3b4370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Polygon ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GV1U5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,463</x:t>
-[...183 lines deleted...]
-          <x:t>0,426</x:t>
+          <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,424</x:t>
-[...409 lines deleted...]
-          <x:t>0,337</x:t>
+          <x:t>0,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>