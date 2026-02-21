--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8051c69379964fcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R892c1070c1294311" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff8da31fac3b4370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0706c0ac6d349fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62fb6142f0e54c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff8da31fac3b4370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra716b8b40a544f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0706c0ac6d349fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Polygon ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GV1U5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,379</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,361</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,373</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,351</x:t>
-[...6 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,353</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,334</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,328</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,339</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,337</x:t>
-[...70 lines deleted...]
-          <x:t>0,330</x:t>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,319</x:t>
-        </x:is>
-[...165 lines deleted...]
-          <x:t>0,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>