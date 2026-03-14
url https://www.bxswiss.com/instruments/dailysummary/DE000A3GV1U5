--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R892c1070c1294311" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea372a8da88446b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0706c0ac6d349fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa756d4ed64844ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra716b8b40a544f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0706c0ac6d349fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07098eb08d14b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa756d4ed64844ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Polygon ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GV1U5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>0,341</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,346</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,333</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,338</x:t>
-[...387 lines deleted...]
-          <x:t>0,319</x:t>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>