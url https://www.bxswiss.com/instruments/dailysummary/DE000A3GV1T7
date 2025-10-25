--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4b9ec16e19d459c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ffb3e6418847c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18cd88df1bb54ea3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra222100f12c740e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5c834f9341243de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18cd88df1bb54ea3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73f09d59e3540fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra222100f12c740e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Avalanche ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GV1T7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>2,196</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>2,541</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>