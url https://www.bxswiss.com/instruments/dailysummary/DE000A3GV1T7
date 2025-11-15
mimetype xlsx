--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ffb3e6418847c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R046ee6819b7847ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra222100f12c740e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R365fc168760f4a8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73f09d59e3540fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra222100f12c740e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1081cec73d064d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R365fc168760f4a8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Avalanche ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GV1T7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>