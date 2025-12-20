--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R046ee6819b7847ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb812e5888bc54ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R365fc168760f4a8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc39b864963f34e71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1081cec73d064d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R365fc168760f4a8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266fc85e6e7b49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc39b864963f34e71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Avalanche ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GV1T7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...630 lines deleted...]
-          <x:t>1,312</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,286</x:t>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>