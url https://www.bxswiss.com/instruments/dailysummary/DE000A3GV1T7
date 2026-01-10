--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb812e5888bc54ff7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3e53777cea54d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc39b864963f34e71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R117bba10f6d6446e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266fc85e6e7b49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc39b864963f34e71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63cc0a893161482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R117bba10f6d6446e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Avalanche ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GV1T7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,217</x:t>
-[...85 lines deleted...]
-          <x:t>1,150</x:t>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,172</x:t>
-        </x:is>
-[...484 lines deleted...]
-          <x:t>1,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>