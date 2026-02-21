--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3e53777cea54d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c44dd30faec4fda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R117bba10f6d6446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d753ba52314fea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63cc0a893161482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R117bba10f6d6446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d7fc5c93b8748ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d753ba52314fea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Avalanche ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GV1T7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,009</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,045</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,983</x:t>
-[...21 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>1,172</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>