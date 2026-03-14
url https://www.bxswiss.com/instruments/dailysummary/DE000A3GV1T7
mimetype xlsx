--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c44dd30faec4fda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re59b43ad215b4561" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d753ba52314fea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc3ba19f13b40b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d7fc5c93b8748ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d753ba52314fea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b033dd6a0fd4bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc3ba19f13b40b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Avalanche ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GV1T7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>0,820</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,798</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>0,766</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,778</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>0,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>