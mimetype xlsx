--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02b513564ce847b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb91e4944c2814d93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71d8d31f76f433b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ad51ff483ba4b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46deba6ea0ee4b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71d8d31f76f433b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8ad6084a11467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ad51ff483ba4b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Solana ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GSUD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>9,115</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,894</x:t>
-[...156 lines deleted...]
-          <x:t>10,635</x:t>
+          <x:t>9,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,280</x:t>
-[...21 lines deleted...]
-          <x:t>10,094</x:t>
+          <x:t>10,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,248</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>10,201</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>