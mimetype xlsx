--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb91e4944c2814d93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6858df15c894d47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ad51ff483ba4b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R644fc9334d314622"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8ad6084a11467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ad51ff483ba4b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba9e42e56d694824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R644fc9334d314622" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Solana ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GSUD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>8,380</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>