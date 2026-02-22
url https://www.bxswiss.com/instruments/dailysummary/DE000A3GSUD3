--- v2 (2025-12-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6858df15c894d47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R977d463a24414c01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R644fc9334d314622"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18239251002d4707"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba9e42e56d694824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R644fc9334d314622" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42e0e893f4764de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18239251002d4707" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Solana ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GSUD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...566 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,430</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>5,582</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>