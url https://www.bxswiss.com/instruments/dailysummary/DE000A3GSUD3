--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R977d463a24414c01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95e7810cf65e415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18239251002d4707"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd999ed9b84a5474d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42e0e893f4764de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18239251002d4707" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b4b7c8436fa40f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd999ed9b84a5474d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Solana ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GSUD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>