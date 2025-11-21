--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6003af30e0341ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5377f5dcdfa84e94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d00b6452999438f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb3a6482638414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94d444b01d8942b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d00b6452999438f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91897fc5b646417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb3a6482638414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Polkadot ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GSUC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,789</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,781</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>17.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>0,708</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>