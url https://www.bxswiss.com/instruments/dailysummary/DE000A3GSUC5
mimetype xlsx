--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5377f5dcdfa84e94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4b5da8f7c114427" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb3a6482638414a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re586f988231a42f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91897fc5b646417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb3a6482638414a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e30ac703ba42e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re586f988231a42f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Polkadot ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GSUC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>0,630</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.11.2025</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,658</x:t>
-[...278 lines deleted...]
-        <x:is>
           <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>