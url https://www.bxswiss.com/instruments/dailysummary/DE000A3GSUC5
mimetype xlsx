--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4b5da8f7c114427" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R282c6f0ff5e0410c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re586f988231a42f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b27fe4b2d504a9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e30ac703ba42e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re586f988231a42f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf76e9c57ad444c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b27fe4b2d504a9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Polkadot ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GSUC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>0,503</x:t>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,484</x:t>
+          <x:t>0,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,561</x:t>
-[...205 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...144 lines deleted...]
-          <x:t>0,452</x:t>
+          <x:t>0,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>