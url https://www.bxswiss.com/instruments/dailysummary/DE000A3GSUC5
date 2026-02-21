--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R282c6f0ff5e0410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red57a6d60b004843" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b27fe4b2d504a9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re602dcfb5c2747e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf76e9c57ad444c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b27fe4b2d504a9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7c8b4140454d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re602dcfb5c2747e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Polkadot ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GSUC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,457</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,466</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,459</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,446</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>18.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,436</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,460</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,436</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>0,520</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>