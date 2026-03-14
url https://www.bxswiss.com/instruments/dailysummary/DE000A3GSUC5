--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red57a6d60b004843" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3afa940c004b4959" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re602dcfb5c2747e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2411af228bda4c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7c8b4140454d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re602dcfb5c2747e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cb303f1cf0d4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2411af228bda4c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Polkadot ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GSUC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,376</x:t>
-[...16 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,367</x:t>
-[...16 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>0,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,360</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,340</x:t>
-[...328 lines deleted...]
-          <x:t>0,320</x:t>
+          <x:t>0,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>