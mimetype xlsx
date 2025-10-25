--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e1f5ef0c29745e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4314c4acf4f4354" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad5e6f04a14469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ebbd81be8f461f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710fb016a7594062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad5e6f04a14469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4821efce40a347a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ebbd81be8f461f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Ethereum ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GPSP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>