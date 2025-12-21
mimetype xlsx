--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4314c4acf4f4354" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7a96452bc542d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ebbd81be8f461f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd02dabd9ee054403"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4821efce40a347a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ebbd81be8f461f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R778906e73e854d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd02dabd9ee054403" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Ethereum ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GPSP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>18,717</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>