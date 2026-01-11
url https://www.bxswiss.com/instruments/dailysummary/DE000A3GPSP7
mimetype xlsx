--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7a96452bc542d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19f212bc13a847a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd02dabd9ee054403"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf07497d80f343e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R778906e73e854d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd02dabd9ee054403" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf490a1c751334f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf07497d80f343e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Ethereum ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GPSP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>14,790</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,268</x:t>
-[...598 lines deleted...]
-          <x:t>14,229</x:t>
+          <x:t>14,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>