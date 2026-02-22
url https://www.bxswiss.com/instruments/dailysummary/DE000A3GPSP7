--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19f212bc13a847a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b0cf68521d4516" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf07497d80f343e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81fe8c376c44f3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf490a1c751334f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf07497d80f343e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2844689783bc4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81fe8c376c44f3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Ethereum ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GPSP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>14,245</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,510</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>15,021</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>