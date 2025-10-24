--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R469024f150974e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd410fe87d1946c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d7fca9205f04fc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3296cde359a6423d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c9c3e729c8f41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d7fca9205f04fc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfa834dde4834383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3296cde359a6423d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GN5J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,216</x:t>
-[...570 lines deleted...]
-        <x:is>
           <x:t>7,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>