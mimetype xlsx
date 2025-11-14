--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd410fe87d1946c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R166a79cb16074d59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3296cde359a6423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a9981f6ed8d4345"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfa834dde4834383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3296cde359a6423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e887cf710a749c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a9981f6ed8d4345" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GN5J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>