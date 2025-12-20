--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R166a79cb16074d59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f5d01c8ad3b45be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a9981f6ed8d4345"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb034bc746754e42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e887cf710a749c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a9981f6ed8d4345" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c6d0c53871b4e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb034bc746754e42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GN5J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>6,910</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,804</x:t>
-[...490 lines deleted...]
-          <x:t>7,118</x:t>
+          <x:t>6,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>