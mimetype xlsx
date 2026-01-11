--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f5d01c8ad3b45be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R155e22694833441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb034bc746754e42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01725643b6e4d59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c6d0c53871b4e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb034bc746754e42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26b980eccbbe402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01725643b6e4d59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GN5J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,706</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,107</x:t>
-[...102 lines deleted...]
-          <x:t>5,875</x:t>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,895</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>5,548</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>