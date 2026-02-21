--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R155e22694833441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc094cd80f984442a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01725643b6e4d59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra46af28d12ad4013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26b980eccbbe402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01725643b6e4d59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd1cb6a3d4e4d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra46af28d12ad4013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GN5J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>5,926</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>