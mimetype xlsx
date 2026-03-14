--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc094cd80f984442a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R508da3d9babe41e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra46af28d12ad4013"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64b5b31474164403"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd1cb6a3d4e4d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra46af28d12ad4013" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f89eec7d5674c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64b5b31474164403" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GN5J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>4,046</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,083</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>3,657</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,762</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>18.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,835</x:t>
-[...63 lines deleted...]
-          <x:t>3,864</x:t>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>