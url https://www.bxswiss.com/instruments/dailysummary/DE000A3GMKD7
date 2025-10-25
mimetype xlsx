--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63da0d76ed04477e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7becf3fd0a174386" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d8eb4be97454fd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a8df65e1d84ee0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re832116d1a8a49f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d8eb4be97454fd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf8fb429f1f54a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a8df65e1d84ee0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GMKD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,319</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...445 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,894</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>