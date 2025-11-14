--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7becf3fd0a174386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f268caa1f6c49bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a8df65e1d84ee0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c2265c57c84937"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf8fb429f1f54a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a8df65e1d84ee0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dcbc66f98654147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c2265c57c84937" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GMKD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>