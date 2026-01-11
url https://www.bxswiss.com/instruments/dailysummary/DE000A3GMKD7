--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f268caa1f6c49bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea901d5321ec4cb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c2265c57c84937"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R357ca522210f4aeb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dcbc66f98654147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c2265c57c84937" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff58ec4fb0194ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R357ca522210f4aeb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GMKD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>24,836</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>