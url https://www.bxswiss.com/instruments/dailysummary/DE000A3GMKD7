--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea901d5321ec4cb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b86226b92142b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R357ca522210f4aeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e0cb5a3570b4bb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff58ec4fb0194ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R357ca522210f4aeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra943e0e226ea4c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e0cb5a3570b4bb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GMKD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>21,337</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,794</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>23,277</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>