--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b86226b92142b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c9af523f224c78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e0cb5a3570b4bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf853cc1f11d34fae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra943e0e226ea4c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e0cb5a3570b4bb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f6f3acd2e76443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf853cc1f11d34fae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GMKD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>15,477</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,316</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>