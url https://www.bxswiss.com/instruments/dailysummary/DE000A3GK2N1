--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re10c3b0761a84e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b47ed257cde4af4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8536f517e21414a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac71a1cb173454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc30feece0c1e44b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8536f517e21414a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R418f651fed18408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac71a1cb173454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DDA Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GK2N1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>8,299</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>