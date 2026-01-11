--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b47ed257cde4af4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99532ea7e8394d51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac71a1cb173454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e80cb458ab4319"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R418f651fed18408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac71a1cb173454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07fbcd3892b464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e80cb458ab4319" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DDA Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GK2N1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>6,796</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,735</x:t>
-[...156 lines deleted...]
-          <x:t>7,018</x:t>
+          <x:t>6,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,064</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>7,097</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,976</x:t>
-[...65 lines deleted...]
-          <x:t>6,895</x:t>
+          <x:t>6,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,776</x:t>
-[...166 lines deleted...]
-          <x:t>6,722</x:t>
+          <x:t>7,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>