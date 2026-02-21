--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99532ea7e8394d51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb920202ef0554bc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e80cb458ab4319"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60158e62c97740b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07fbcd3892b464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e80cb458ab4319" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ada349995e4359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60158e62c97740b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DDA Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GK2N1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>6,918</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,802</x:t>
-[...60 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>6,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,717</x:t>
-[...333 lines deleted...]
-          <x:t>6,992</x:t>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>