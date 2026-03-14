--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb920202ef0554bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5678305c6d434df6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60158e62c97740b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa846112b9274fbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ada349995e4359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60158e62c97740b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd0a7d39f1e4880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa846112b9274fbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DDA Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GK2N1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,243</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>5,192</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,001</x:t>
-[...247 lines deleted...]
-          <x:t>4,980</x:t>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>