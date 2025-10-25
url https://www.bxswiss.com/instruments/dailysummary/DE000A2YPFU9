--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28aadee9647e4e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076b01843ac24c9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76b2d24d50d041b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8464f93cb5234d5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709bb67a2de54143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76b2d24d50d041b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e4dc4d8869144c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8464f93cb5234d5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YPFU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>89,000</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,000</x:t>
-[...16 lines deleted...]
-          <x:t>89,265</x:t>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>89,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...467 lines deleted...]
-          <x:t>89,245</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,245</x:t>
-[...31 lines deleted...]
-          <x:t>89,370</x:t>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>