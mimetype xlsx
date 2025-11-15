--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076b01843ac24c9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re99106ee4d594b53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8464f93cb5234d5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re45f266e7bb24138"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e4dc4d8869144c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8464f93cb5234d5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66dce774db58486d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re45f266e7bb24138" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YPFU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>89,445</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,420</x:t>
-[...92 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,780</x:t>
-[...225 lines deleted...]
-          <x:t>90,125</x:t>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>