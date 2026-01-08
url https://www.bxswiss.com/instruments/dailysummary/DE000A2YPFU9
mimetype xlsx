--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re99106ee4d594b53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cc9141420354dc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re45f266e7bb24138"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd626cf61e78b4c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66dce774db58486d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re45f266e7bb24138" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc99fe8ebee24436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd626cf61e78b4c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YPFU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>89,570</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>89,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>89,650</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,645</x:t>
-[...85 lines deleted...]
-          <x:t>89,580</x:t>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>