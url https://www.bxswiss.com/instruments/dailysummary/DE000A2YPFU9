--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cc9141420354dc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd02e7b6d3f6d4200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd626cf61e78b4c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R220d377291e7448b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc99fe8ebee24436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd626cf61e78b4c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0190676b15da45d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R220d377291e7448b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YPFU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>89,875</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,505</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>89,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>89,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>89,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,505</x:t>
-[...254 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,800</x:t>
-[...9 lines deleted...]
-          <x:t>89,630</x:t>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>