--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd02e7b6d3f6d4200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra606d516e5c84e07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R220d377291e7448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R358b5744747b4607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0190676b15da45d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R220d377291e7448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37b0d247cc6f4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R358b5744747b4607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YPFU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>89,700</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>89,620</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,510</x:t>
-[...566 lines deleted...]
-          <x:t>90,450</x:t>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>