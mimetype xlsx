--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd075663ccd434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R699c87e6a7544bcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8272e1931ce74a38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R206355d7fa9c409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62393481dda4474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8272e1931ce74a38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5120c1bed2041b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R206355d7fa9c409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YNZY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>82,765</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>82,795</x:t>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,715</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>82,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>83,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>