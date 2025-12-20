--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R699c87e6a7544bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64cf9a22e36b435c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R206355d7fa9c409b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c1c641ca34413e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5120c1bed2041b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R206355d7fa9c409b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a14a520bd540bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c1c641ca34413e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YNZY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>83,265</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,120</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>83,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>05.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>82,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,565</x:t>
-[...38 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>82,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...127 lines deleted...]
-          <x:t>82,355</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>