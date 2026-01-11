--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64cf9a22e36b435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209facab27f9404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c1c641ca34413e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d243c19afca4b19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a14a520bd540bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c1c641ca34413e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d1ba16967b43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d243c19afca4b19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YNZY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>82,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>82,670</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>82,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,660</x:t>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...478 lines deleted...]
-          <x:t>82,295</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>