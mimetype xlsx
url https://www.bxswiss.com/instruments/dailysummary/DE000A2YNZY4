--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209facab27f9404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba2fbf6b0174b58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d243c19afca4b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2948125151b14f0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d1ba16967b43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d243c19afca4b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595ef69514574cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2948125151b14f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YNZY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>83,075</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>