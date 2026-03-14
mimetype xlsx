--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba2fbf6b0174b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2a1bff4ea3b4e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2948125151b14f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028dbb18a1e948d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595ef69514574cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2948125151b14f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f7fa9a54c3f4f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028dbb18a1e948d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 34</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YNZY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>84,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>