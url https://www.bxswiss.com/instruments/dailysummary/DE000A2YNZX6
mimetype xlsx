--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd527f4fc6fca4334" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83236ceaef5c4086" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54bb08593f774503"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00c67075eb854e4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c1c0633dc44355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54bb08593f774503" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a6304a293f48b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00c67075eb854e4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YNZX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,920</x:t>
-[...215 lines deleted...]
-          <x:t>91,975</x:t>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,930</x:t>
-[...129 lines deleted...]
-          <x:t>91,930</x:t>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>13.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,090</x:t>
-[...21 lines deleted...]
-          <x:t>92,095</x:t>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,895</x:t>
-[...220 lines deleted...]
-          <x:t>92,340</x:t>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>