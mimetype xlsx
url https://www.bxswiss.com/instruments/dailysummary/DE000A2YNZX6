--- v1 (2025-11-15)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83236ceaef5c4086" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e0785373eb4176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00c67075eb854e4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf4cee636f7b4219"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a6304a293f48b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00c67075eb854e4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8631d9eb30e84276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf4cee636f7b4219" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YNZX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>92,120</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>91,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>92,020</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>