--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9981f79c85714358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235cdfc031f24417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e7bd438de5a456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd29cd0e4ba3b4ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re552e56d6be544f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e7bd438de5a456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83dcabe531db48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd29cd0e4ba3b4ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schaeffler 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YB7B5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,260</x:t>
-[...11 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,405</x:t>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,405</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>100,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,295</x:t>
-[...291 lines deleted...]
-          <x:t>100,095</x:t>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,165</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>100,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>