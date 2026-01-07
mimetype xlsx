--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235cdfc031f24417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29c9c31b6a3a4678" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd29cd0e4ba3b4ff9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac2b46eb3ab04729"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83dcabe531db48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd29cd0e4ba3b4ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcddecfc1b6f14528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac2b46eb3ab04729" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schaeffler 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YB7B5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,285</x:t>
-[...620 lines deleted...]
-          <x:t>100,165</x:t>
+          <x:t>100,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>