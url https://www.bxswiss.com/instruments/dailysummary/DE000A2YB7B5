--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29c9c31b6a3a4678" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra96a6fd35b214305" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac2b46eb3ab04729"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8be0fe53a0e4371"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcddecfc1b6f14528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac2b46eb3ab04729" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R752a0b16e5c64967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8be0fe53a0e4371" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schaeffler 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YB7B5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>100,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,220</x:t>
-[...43 lines deleted...]
-          <x:t>100,310</x:t>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,310</x:t>
-[...269 lines deleted...]
-          <x:t>100,290</x:t>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>