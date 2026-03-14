--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra96a6fd35b214305" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf99ce79c826e422f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8be0fe53a0e4371"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R968cb1eceef94ba8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R752a0b16e5c64967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8be0fe53a0e4371" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re82473ba7987480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R968cb1eceef94ba8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schaeffler 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2YB7B5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>100,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,200</x:t>
-[...168 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>100,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>