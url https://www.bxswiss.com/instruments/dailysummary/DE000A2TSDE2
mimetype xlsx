--- v0 (2025-10-04)
+++ v1 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b3b44223b14a19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83978e3c23754c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98e08ad19cd643a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b6f34f81c624a78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb7f22b768044ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98e08ad19cd643a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe0f984c7dd845eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b6f34f81c624a78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2TSDE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>95,475</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>