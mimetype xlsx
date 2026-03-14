--- v1 (2026-02-18)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83978e3c23754c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd05c784b34408d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b6f34f81c624a78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12785aab16a845cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe0f984c7dd845eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b6f34f81c624a78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d4605edc1a24cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12785aab16a845cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Telekom 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2TSDE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>94,715</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>94,660</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>95,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>