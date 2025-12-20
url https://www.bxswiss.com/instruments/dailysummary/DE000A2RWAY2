--- v0 (2025-10-09)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e8a3032d6a4438" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R410b6c32ca3942b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cf55b56bf4e4ac4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66dcd5ee97e24695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca83cdf0736442e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cf55b56bf4e4ac4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41fcb4e1f34944cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66dcd5ee97e24695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Allianz Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2RWAY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>09.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,815</x:t>
-[...53 lines deleted...]
-          <x:t>95,825</x:t>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,715</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>95,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,505</x:t>
-[...26 lines deleted...]
-          <x:t>95,580</x:t>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>95,895</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>