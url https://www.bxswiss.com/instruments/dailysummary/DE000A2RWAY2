--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R410b6c32ca3942b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c785dc84de4e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66dcd5ee97e24695"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6dd93a5e4dd4072"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41fcb4e1f34944cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66dcd5ee97e24695" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e8b11fa49624029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6dd93a5e4dd4072" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Allianz Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2RWAY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>95,600</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,600</x:t>
-[...463 lines deleted...]
-          <x:t>95,540</x:t>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>