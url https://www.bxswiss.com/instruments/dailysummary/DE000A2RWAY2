--- v2 (2026-02-21)
+++ v3 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c785dc84de4e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29992d5bcbc144f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6dd93a5e4dd4072"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b0dd789eb644cb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e8b11fa49624029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6dd93a5e4dd4072" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7fb90544f5b4f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b0dd789eb644cb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Allianz Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2RWAY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>95,955</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,845</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>96,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>