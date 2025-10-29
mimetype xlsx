--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5ee49e4af34084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75c5988040c447a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075170491c0f48fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6559dcfe31d74b49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re51a236d5b254f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075170491c0f48fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfac82c9c299e489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6559dcfe31d74b49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vonovia Finance 39</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2R8NE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,730</x:t>
-[...129 lines deleted...]
-          <x:t>72,375</x:t>
+          <x:t>72,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,375</x:t>
-[...80 lines deleted...]
-          <x:t>72,460</x:t>
+          <x:t>72,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...332 lines deleted...]
-          <x:t>72,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>72,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>