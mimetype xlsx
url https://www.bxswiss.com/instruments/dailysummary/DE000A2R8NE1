--- v1 (2025-10-29)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75c5988040c447a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R479a3a93fb534584" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6559dcfe31d74b49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd035f2a2ed4d88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfac82c9c299e489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6559dcfe31d74b49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra795093b85f0487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd035f2a2ed4d88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vonovia Finance 39</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2R8NE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,740</x:t>
-[...4 lines deleted...]
-          <x:t>72,555</x:t>
+          <x:t>72,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,710</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>73,370</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>