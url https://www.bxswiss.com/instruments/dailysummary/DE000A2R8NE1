--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R479a3a93fb534584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c4fe6fe1a94e67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd035f2a2ed4d88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8545b7e632824b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra795093b85f0487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd035f2a2ed4d88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcd070c409ba4498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8545b7e632824b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vonovia Finance 39</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2R8NE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,890</x:t>
-[...630 lines deleted...]
-          <x:t>72,915</x:t>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>