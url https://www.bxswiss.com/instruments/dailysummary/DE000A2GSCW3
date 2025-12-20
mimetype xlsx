--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1146b2dbef24411e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c7e74a41844ee2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36bf10a5f64d4799"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0fcbfa6c71438d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc049eaa1c50e416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36bf10a5f64d4799" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9596fcefe30747c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0fcbfa6c71438d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2GSCW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>95,955</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,935</x:t>
-[...80 lines deleted...]
-          <x:t>96,015</x:t>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,105</x:t>
-        </x:is>
-[...511 lines deleted...]
-          <x:t>96,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>