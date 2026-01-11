--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c7e74a41844ee2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31902ee8ccc44c1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0fcbfa6c71438d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf31b76f35fb846fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9596fcefe30747c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0fcbfa6c71438d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c3c4d11312545b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf31b76f35fb846fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2GSCW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,360</x:t>
-[...345 lines deleted...]
-          <x:t>96,115</x:t>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>96,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,120</x:t>
-[...139 lines deleted...]
-          <x:t>96,105</x:t>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>