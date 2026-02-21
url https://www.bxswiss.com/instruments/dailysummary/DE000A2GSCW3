--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31902ee8ccc44c1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2823c02de6a44a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf31b76f35fb846fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R489a63b1680642c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c3c4d11312545b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf31b76f35fb846fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4080354850f24211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R489a63b1680642c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2GSCW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>96,195</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,190</x:t>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>96,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>