--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2823c02de6a44a88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8d13293629646b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R489a63b1680642c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R592cd814c8484ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4080354850f24211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R489a63b1680642c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca781802f1c47e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R592cd814c8484ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2GSCW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,320</x:t>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,405</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>96,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,515</x:t>
-[...485 lines deleted...]
-          <x:t>96,565</x:t>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>