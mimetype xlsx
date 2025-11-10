--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7682ae6f838343fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc07d68989a429b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0c86b4c2c54a7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e53e597f3664e0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c6b7ef4ad544e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0c86b4c2c54a7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra46170d9cf28439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e53e597f3664e0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2BPA51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,430</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>08.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,330</x:t>
-[...107 lines deleted...]
-          <x:t>89,060</x:t>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,910</x:t>
-[...431 lines deleted...]
-          <x:t>89,470</x:t>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>