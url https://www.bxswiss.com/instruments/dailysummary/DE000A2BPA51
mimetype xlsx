--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc07d68989a429b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2981405e9c346fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e53e597f3664e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4bd47cd08ed45e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra46170d9cf28439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e53e597f3664e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39246c55738746dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4bd47cd08ed45e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2BPA51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...485 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,845</x:t>
-[...16 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>88,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,660</x:t>
-[...58 lines deleted...]
-          <x:t>88,540</x:t>
+          <x:t>88,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>