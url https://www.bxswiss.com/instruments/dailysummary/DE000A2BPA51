--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2981405e9c346fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fb2167ab1340b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4bd47cd08ed45e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dcce7c85b4f4c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39246c55738746dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4bd47cd08ed45e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1315e9e307104804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dcce7c85b4f4c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2BPA51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>88,650</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,590</x:t>
-[...16 lines deleted...]
-          <x:t>88,670</x:t>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,770</x:t>
-        </x:is>
-[...575 lines deleted...]
-          <x:t>88,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>