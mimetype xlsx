--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fb2167ab1340b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b055c27e92c40fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dcce7c85b4f4c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e0f6e10040a4236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1315e9e307104804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dcce7c85b4f4c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7880dfd0da2b45d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e0f6e10040a4236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2BPA51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,915</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>88,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>