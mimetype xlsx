--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b055c27e92c40fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40904fa409154809" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e0f6e10040a4236"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffade9ed94e04b0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7880dfd0da2b45d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e0f6e10040a4236" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R479f353ae30845a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffade9ed94e04b0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2BPA51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>88,845</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>88,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,925</x:t>
-[...620 lines deleted...]
-          <x:t>89,965</x:t>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>