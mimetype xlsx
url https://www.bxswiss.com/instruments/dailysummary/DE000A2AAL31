--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a1c0200f0344f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480239f6226d4034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38de2b3caed74c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65bc3a409de941d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc343683776e42ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38de2b3caed74c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra22d8e9ce98c4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65bc3a409de941d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2AAL31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,710</x:t>
-[...97 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,720</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>99,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>99,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,730</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>99,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>