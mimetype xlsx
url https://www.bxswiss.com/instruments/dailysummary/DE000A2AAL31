--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480239f6226d4034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e9732746eca4183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65bc3a409de941d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48e69ae561504079"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra22d8e9ce98c4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65bc3a409de941d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0c7bbdccdd42d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48e69ae561504079" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2AAL31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>99,705</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,705</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>99,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,795</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>