--- v2 (2025-11-15)
+++ v3 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e9732746eca4183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244cf56d7a5a49b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48e69ae561504079"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb347df67fe74d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0c7bbdccdd42d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48e69ae561504079" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d36e5eda2a4d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb347df67fe74d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2AAL31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...625 lines deleted...]
-          <x:t>99,825</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,820</x:t>
-[...4 lines deleted...]
-          <x:t>99,820</x:t>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>