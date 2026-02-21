--- v3 (2025-12-27)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244cf56d7a5a49b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b4cad44c4844e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb347df67fe74d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f0536f56a534b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d36e5eda2a4d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb347df67fe74d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R036b46c9281543e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f0536f56a534b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daimler 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2AAL31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>99,885</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>