--- v0 (2025-10-23)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eeaf43ebf884383" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e7f930e6abf454a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e20e39a7a34840"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1b8577e6a842ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19cd79610bc74fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e20e39a7a34840" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbc39501766348ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1b8577e6a842ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vonovia Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A28VQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,650</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>96,895</x:t>
-        </x:is>
-[...364 lines deleted...]
-          <x:t>97,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>