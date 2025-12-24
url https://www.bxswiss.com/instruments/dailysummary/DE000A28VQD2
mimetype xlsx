--- v1 (2025-11-14)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e7f930e6abf454a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e486d5136d45c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1b8577e6a842ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R698be3607c634155"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbc39501766348ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1b8577e6a842ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df2cf6bfb6b4710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R698be3607c634155" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vonovia Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A28VQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...512 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>97,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,965</x:t>
-[...16 lines deleted...]
-          <x:t>96,995</x:t>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,970</x:t>
-[...80 lines deleted...]
-          <x:t>96,895</x:t>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>