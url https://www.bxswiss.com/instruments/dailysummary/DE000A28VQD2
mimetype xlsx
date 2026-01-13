--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e486d5136d45c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb84eec34837b4567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R698be3607c634155"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a07ed3c4ea64d60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df2cf6bfb6b4710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R698be3607c634155" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70df36ea14df4adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a07ed3c4ea64d60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vonovia Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A28VQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>96,970</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,930</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>96,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>96,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>