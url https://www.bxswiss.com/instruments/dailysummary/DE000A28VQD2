--- v3 (2026-01-13)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb84eec34837b4567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1578ffb181394a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a07ed3c4ea64d60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3278f2b4b5df4a9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70df36ea14df4adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a07ed3c4ea64d60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7369ce4fcf4c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3278f2b4b5df4a9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vonovia Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A28VQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,435</x:t>
-[...301 lines deleted...]
-          <x:t>96,435</x:t>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>96,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>