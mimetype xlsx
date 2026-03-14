--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1578ffb181394a1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re40e02abb86f4665" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3278f2b4b5df4a9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98722b7a666e47da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7369ce4fcf4c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3278f2b4b5df4a9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d752d10a3904eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98722b7a666e47da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vonovia Finance 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A28VQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>96,400</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>96,260</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>96,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,610</x:t>
-[...485 lines deleted...]
-          <x:t>97,075</x:t>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>