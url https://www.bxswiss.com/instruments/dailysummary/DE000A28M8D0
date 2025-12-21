--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aee6be2c71b4ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d8755b07f4945f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82bf2ee7dd5a41c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb34e539f191e40a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd77b1a0d66e3406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82bf2ee7dd5a41c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed046ab4f1549c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb34e539f191e40a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Bitcoin ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A28M8D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>46,650</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>