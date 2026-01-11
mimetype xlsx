--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d8755b07f4945f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80ee81841b9d4d8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb34e539f191e40a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d73aa5e0ca74bee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed046ab4f1549c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb34e539f191e40a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc2639887414e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d73aa5e0ca74bee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Bitcoin ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A28M8D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>