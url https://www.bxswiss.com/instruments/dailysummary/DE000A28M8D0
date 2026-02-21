--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80ee81841b9d4d8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc60605f75e4259" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d73aa5e0ca74bee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d6e8f41f73411e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc2639887414e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d73aa5e0ca74bee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8498f1b18a445fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d6e8f41f73411e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Bitcoin ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A28M8D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>38,746</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>