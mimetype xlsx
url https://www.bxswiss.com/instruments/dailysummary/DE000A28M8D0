--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc60605f75e4259" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a43538f95374767" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d6e8f41f73411e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f20429d9f4d415a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8498f1b18a445fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d6e8f41f73411e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34bca2f656fc4a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f20429d9f4d415a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Bitcoin ETN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A28M8D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,052</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>27,588</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>