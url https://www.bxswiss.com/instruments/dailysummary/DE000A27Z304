--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a042ea55cd4b8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb023a1f0800347cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46ea28604f154f11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47e8161a1774146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd92f52c602614433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46ea28604f154f11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd555d2c026894c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47e8161a1774146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A27Z304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>79,637</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>