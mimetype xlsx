--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb023a1f0800347cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7086c6ab28e646a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47e8161a1774146"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d596c3cdcb341d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd555d2c026894c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47e8161a1774146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01714c558b704888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d596c3cdcb341d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A27Z304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>