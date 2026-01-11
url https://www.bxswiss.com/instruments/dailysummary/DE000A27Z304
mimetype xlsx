--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7086c6ab28e646a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca65f0ef912448c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d596c3cdcb341d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaf37af302b4fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01714c558b704888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d596c3cdcb341d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6ca50dd325f499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaf37af302b4fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A27Z304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,492</x:t>
-[...387 lines deleted...]
-          <x:t>62,872</x:t>
+          <x:t>61,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>