--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca65f0ef912448c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd996d4a2c5584604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaf37af302b4fdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba02237bb4ea4d14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6ca50dd325f499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaf37af302b4fdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca7e034a30a04228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba02237bb4ea4d14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A27Z304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>65,367</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>