--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd996d4a2c5584604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d0dc00806a4726" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba02237bb4ea4d14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17721fcdd1d04c7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca7e034a30a04228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba02237bb4ea4d14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9d1153bd65469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17721fcdd1d04c7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A27Z304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>