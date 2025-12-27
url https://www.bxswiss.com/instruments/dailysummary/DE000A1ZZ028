--- v0 (2025-10-25)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c44b4fc92c4a7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re997e331c31f4bef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f8cce1711de41f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eced01c9fed4311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92cb8c9f511644b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f8cce1711de41f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf881563913df4666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eced01c9fed4311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMW US Capital 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1ZZ028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>98,125</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,110</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>98,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,135</x:t>
-[...4 lines deleted...]
-          <x:t>98,115</x:t>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>10.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>98,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>