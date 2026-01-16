--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re997e331c31f4bef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c70f99863f40fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eced01c9fed4311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d0d47620a894f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf881563913df4666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eced01c9fed4311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e063081d4554476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d0d47620a894f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMW US Capital 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1ZZ028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>98,090</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>27.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,175</x:t>
-[...479 lines deleted...]
-        <x:is>
           <x:t>98,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>98,180</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>