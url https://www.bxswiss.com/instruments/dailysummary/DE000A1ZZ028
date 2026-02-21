--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c70f99863f40fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d8ad1e60c9455b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d0d47620a894f22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3da8c17d8be4073"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e063081d4554476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d0d47620a894f22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef1f5e2ba284ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3da8c17d8be4073" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMW US Capital 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1ZZ028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>98,260</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,290</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>98,360</x:t>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,360</x:t>
-[...4 lines deleted...]
-          <x:t>98,370</x:t>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>