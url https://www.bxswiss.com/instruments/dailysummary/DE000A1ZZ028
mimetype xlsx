--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d8ad1e60c9455b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1016a9cb6e84f7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3da8c17d8be4073"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ab455c402748e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef1f5e2ba284ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3da8c17d8be4073" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76598a00f0a24753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ab455c402748e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMW US Capital 27</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1ZZ028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,300</x:t>
-        </x:is>
-[...607 lines deleted...]
-          <x:t>98,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>