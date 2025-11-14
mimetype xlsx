--- v0 (2025-10-13)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097e5dfad4fe4dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb3bf18c287c49ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R774da195aa4f44b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf538988907e54aa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84cba8abdc944378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R774da195aa4f44b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e7a1cbb556a4671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf538988907e54aa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Physical Gold EUR Hedged ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1EK0G3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>