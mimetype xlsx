--- v1 (2025-11-14)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb3bf18c287c49ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc288ea6990dd438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf538988907e54aa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c09a625b2f64edb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e7a1cbb556a4671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf538988907e54aa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c155a76c77c45d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c09a625b2f64edb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Physical Gold EUR Hedged ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1EK0G3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>223,332</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>