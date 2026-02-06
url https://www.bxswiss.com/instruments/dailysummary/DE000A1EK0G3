--- v2 (2025-12-27)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc288ea6990dd438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3cf343f76a64835" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c09a625b2f64edb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re945d104819c407b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c155a76c77c45d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c09a625b2f64edb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref59f38d5b9247e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re945d104819c407b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Physical Gold EUR Hedged ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1EK0G3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>238,022</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>