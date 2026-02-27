--- v3 (2026-02-06)
+++ v4 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3cf343f76a64835" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc0a8d1b95ee4c0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re945d104819c407b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e5f86ad5234516"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref59f38d5b9247e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re945d104819c407b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be00cfca018462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e5f86ad5234516" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Physical Gold EUR Hedged ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1EK0G3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>