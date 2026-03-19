--- v4 (2026-02-27)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc0a8d1b95ee4c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79474dddf84b478b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e5f86ad5234516"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a87f82f0a644092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be00cfca018462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e5f86ad5234516" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275ec0e8abfa4888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a87f82f0a644092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Physical Gold EUR Hedged ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1EK0G3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>