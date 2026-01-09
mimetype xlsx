--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30a2f32ea124340" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ddfa640c8df4bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d2ec50cef34746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11211f5bf254fd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c2a699a16394ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d2ec50cef34746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47a926d7a8374657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11211f5bf254fd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JAB Holdings 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1919H2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,500</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>