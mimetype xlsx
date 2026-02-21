--- v1 (2026-01-09)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ddfa640c8df4bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4684f41bc634b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11211f5bf254fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raced349e397844b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47a926d7a8374657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11211f5bf254fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf10793fdb9fc4a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raced349e397844b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JAB Holdings 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1919H2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>98,280</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>