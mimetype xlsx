--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4684f41bc634b64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab2542a03734ad1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raced349e397844b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172b1a12392d4c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf10793fdb9fc4a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raced349e397844b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cd19c5e22dc47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172b1a12392d4c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JAB Holdings 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1919H2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>98,505</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,480</x:t>
-[...620 lines deleted...]
-          <x:t>98,995</x:t>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>