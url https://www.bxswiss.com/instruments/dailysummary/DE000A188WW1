--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R912b2d17c23243f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a15ca8beb542c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R511ddd4cbfe94597"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R434f35836231440e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6871066ed0074407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R511ddd4cbfe94597" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98d786ede54d462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R434f35836231440e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A188WW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>98,645</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,685</x:t>
-        </x:is>
-[...413 lines deleted...]
-          <x:t>98,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>