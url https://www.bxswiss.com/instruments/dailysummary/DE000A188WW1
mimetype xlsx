--- v1 (2025-11-10)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a15ca8beb542c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e0ced1c5424393" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R434f35836231440e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cace5934d394fd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98d786ede54d462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R434f35836231440e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c9496c410ed4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cace5934d394fd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A188WW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>98,810</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,825</x:t>
-        </x:is>
-[...511 lines deleted...]
-          <x:t>98,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>