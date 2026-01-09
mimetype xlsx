--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e0ced1c5424393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdec937c476a454f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cace5934d394fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d8b9703fde4461"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c9496c410ed4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cace5934d394fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13f4934a18274eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d8b9703fde4461" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A188WW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,730</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,710</x:t>
-[...11 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,760</x:t>
-[...75 lines deleted...]
-          <x:t>98,695</x:t>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,685</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>98,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,785</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,825</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>98,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>