--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdec937c476a454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R497f524904a9406f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d8b9703fde4461"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54efff322ae446aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13f4934a18274eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d8b9703fde4461" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a4ec9876fdd41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54efff322ae446aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A188WW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>98,900</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,845</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>98,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>98,880</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>