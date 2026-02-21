--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R497f524904a9406f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39b09bdb35894c9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54efff322ae446aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996d71448e654209"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a4ec9876fdd41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54efff322ae446aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R713a3157fbdc4041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996d71448e654209" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A188WW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>