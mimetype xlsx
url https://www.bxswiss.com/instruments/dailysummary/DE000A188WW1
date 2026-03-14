--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39b09bdb35894c9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97388669eded4d45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996d71448e654209"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19988b1bec584e25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R713a3157fbdc4041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996d71448e654209" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb423088ad24c42c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19988b1bec584e25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BASF 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A188WW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>98,940</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>98,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,905</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>98,945</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>98,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>