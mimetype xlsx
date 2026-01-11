--- v0 (2025-10-08)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R527194cd927e4dfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a282aa3f384045" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd08b27a3ee0e4e60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb6260afd2e462b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35be3546eec04550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd08b27a3ee0e4e60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ceea1f8b47647cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb6260afd2e462b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Allianz Finance 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A180B80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>93,690</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>