--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a282aa3f384045" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5043679ce8fd4f02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb6260afd2e462b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd5127cd41864d51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ceea1f8b47647cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb6260afd2e462b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7889b8bd29144b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd5127cd41864d51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Allianz Finance 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A180B80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>92,780</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,040</x:t>
-[...31 lines deleted...]
-          <x:t>92,915</x:t>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>