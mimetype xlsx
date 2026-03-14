--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5043679ce8fd4f02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d60c5175004a9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd5127cd41864d51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7623e389a4604785"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7889b8bd29144b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd5127cd41864d51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1421ddb9b1ae4964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7623e389a4604785" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Allianz Finance 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A180B80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>93,165</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>93,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>93,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>