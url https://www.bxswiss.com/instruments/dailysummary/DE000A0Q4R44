--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c31bc1c509747aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re475fffde59f45b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5869eb5217745c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R365d30c5e1b6492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75d86b380eaf4a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5869eb5217745c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbebd4adf24084867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R365d30c5e1b6492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Real Estate UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>13,598</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,760</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-          <x:t>14.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,922</x:t>
-        </x:is>
-[...229 lines deleted...]
-          <x:t>14,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>