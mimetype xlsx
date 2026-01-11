--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re475fffde59f45b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc30ad490694461" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R365d30c5e1b6492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f6fd25f25c5408a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbebd4adf24084867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R365d30c5e1b6492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5008cf4c274ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f6fd25f25c5408a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Real Estate UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...468 lines deleted...]
-          <x:t>13,861</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,827</x:t>
-[...161 lines deleted...]
-          <x:t>13,922</x:t>
+          <x:t>13,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>