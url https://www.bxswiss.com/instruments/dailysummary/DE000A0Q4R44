--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc30ad490694461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3b9ddcbbfd406a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f6fd25f25c5408a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c4426d658345b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5008cf4c274ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f6fd25f25c5408a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18d2fcd6707e4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c4426d658345b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Real Estate UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>