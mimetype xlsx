--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3b9ddcbbfd406a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce7109cc1b54aba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c4426d658345b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96cba9fdd9d840d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18d2fcd6707e4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c4426d658345b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97013374845d4e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96cba9fdd9d840d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Real Estate UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>13,682</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,575</x:t>
-[...70 lines deleted...]
-          <x:t>14,192</x:t>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,061</x:t>
-[...31 lines deleted...]
-          <x:t>14,196</x:t>
+          <x:t>14,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>