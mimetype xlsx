--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce7109cc1b54aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1657a11ea14e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96cba9fdd9d840d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4ea24d995e34d6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97013374845d4e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96cba9fdd9d840d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R589c8456a99a440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4ea24d995e34d6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Real Estate UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>13,985</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,937</x:t>
-[...539 lines deleted...]
-          <x:t>14,884</x:t>
+          <x:t>14,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>