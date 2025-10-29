--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e1ab22d25284e09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c487be44bb54366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ad2d7cc32b047be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47927f1bda0a443f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bd6414f868e48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ad2d7cc32b047be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb4dbbe9060d4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47927f1bda0a443f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Health Care UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>