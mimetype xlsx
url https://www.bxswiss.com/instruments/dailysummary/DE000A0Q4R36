--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c487be44bb54366" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5660998a2e574210" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47927f1bda0a443f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac069f27ea7a497a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb4dbbe9060d4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47927f1bda0a443f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b334b43f1424563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac069f27ea7a497a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Health Care UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,026</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>101,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,300</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>