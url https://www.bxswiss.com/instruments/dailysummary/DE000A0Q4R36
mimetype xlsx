--- v2 (2025-11-18)
+++ v3 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5660998a2e574210" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9159513cf30f4992" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac069f27ea7a497a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab637b3c3fac43a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b334b43f1424563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac069f27ea7a497a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48fff11759a448c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab637b3c3fac43a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Health Care UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>102,789</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>