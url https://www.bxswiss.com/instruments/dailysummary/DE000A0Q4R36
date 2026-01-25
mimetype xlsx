--- v3 (2025-12-28)
+++ v4 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9159513cf30f4992" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0606e7d7300c478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab637b3c3fac43a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e17001d748439c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48fff11759a448c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab637b3c3fac43a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb42b2b5ccc54430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e17001d748439c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Health Care UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>105,749</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>