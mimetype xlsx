--- v4 (2026-01-25)
+++ v5 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0606e7d7300c478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d6f5e406674754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e17001d748439c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f6ed550ca2343d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb42b2b5ccc54430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e17001d748439c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553e1ed2c25f4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f6ed550ca2343d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Health Care UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,320 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>