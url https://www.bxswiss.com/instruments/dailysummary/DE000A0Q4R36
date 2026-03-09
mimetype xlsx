--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d6f5e406674754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd068eaf5cf274469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f6ed550ca2343d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb486ed0340ed4731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553e1ed2c25f4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f6ed550ca2343d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd8f33ef836c4b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb486ed0340ed4731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Health Care UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>110,049</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,874</x:t>
-[...431 lines deleted...]
-          <x:t>110,487</x:t>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>