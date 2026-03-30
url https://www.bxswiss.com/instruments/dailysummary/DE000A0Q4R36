--- v6 (2026-03-09)
+++ v7 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd068eaf5cf274469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6357ea0f0b704cfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb486ed0340ed4731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28b19c0cd2be4637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd8f33ef836c4b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb486ed0340ed4731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4b73531f23433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28b19c0cd2be4637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Health Care UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>