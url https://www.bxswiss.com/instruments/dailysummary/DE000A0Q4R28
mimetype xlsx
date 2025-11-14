--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R425fd56bcf7d4aaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92669b7bf0184449" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18b829dfc0254696"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R823c9bcda9b64210"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R638721d4b03a4339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18b829dfc0254696" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e08601ed3624273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R823c9bcda9b64210" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Automobiles &amp; Parts UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>