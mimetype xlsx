--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92669b7bf0184449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf26b4111faf44221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R823c9bcda9b64210"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab5f9a03f97a4187"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e08601ed3624273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R823c9bcda9b64210" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc30ffb8ddbc43ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab5f9a03f97a4187" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Automobiles &amp; Parts UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...431 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,526</x:t>
-[...97 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>45,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,218</x:t>
-[...90 lines deleted...]
-          <x:t>47,990</x:t>
+          <x:t>47,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>