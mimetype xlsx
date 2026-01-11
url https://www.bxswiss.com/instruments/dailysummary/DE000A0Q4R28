--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf26b4111faf44221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92eb3524cade48f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab5f9a03f97a4187"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8756abb1aef84ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc30ffb8ddbc43ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab5f9a03f97a4187" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e68fdfbb2b444cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8756abb1aef84ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Automobiles &amp; Parts UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>