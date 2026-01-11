--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92eb3524cade48f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf642ce2c4b0f45bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8756abb1aef84ff9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb8e98365b14adb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e68fdfbb2b444cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8756abb1aef84ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d457955a0a49f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb8e98365b14adb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Automobiles &amp; Parts UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>