--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf642ce2c4b0f45bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a53eeae11b40aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb8e98365b14adb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfe4b2513cda4ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d457955a0a49f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb8e98365b14adb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21cca7232db8401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfe4b2513cda4ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Automobiles &amp; Parts UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>47,741</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>