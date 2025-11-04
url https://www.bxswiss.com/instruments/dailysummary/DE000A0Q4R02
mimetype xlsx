--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50028915334d4d6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf307481ea184d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d0cccfbeaa04873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e2f95434af24096"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R402e66e85e3c4aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d0cccfbeaa04873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ee977b4fc043b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e2f95434af24096" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Utilities UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>