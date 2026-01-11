--- v1 (2025-11-04)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf307481ea184d7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6656df42eff04168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e2f95434af24096"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b1dd04954d04cc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ee977b4fc043b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e2f95434af24096" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec300e2a65174146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b1dd04954d04cc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Utilities UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>48,979</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>