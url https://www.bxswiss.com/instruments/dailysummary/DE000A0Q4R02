--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6656df42eff04168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79141fdc3e834d9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b1dd04954d04cc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34c5fd018a564e2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec300e2a65174146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b1dd04954d04cc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fe183d2a9f0480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34c5fd018a564e2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Utilities UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>52,727</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>