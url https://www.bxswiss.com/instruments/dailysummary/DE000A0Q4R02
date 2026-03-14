--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79141fdc3e834d9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a511e9cac7e441f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34c5fd018a564e2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2758da4fd494c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fe183d2a9f0480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34c5fd018a564e2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bafa620934d4824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2758da4fd494c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Utilities UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0Q4R02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>55,010</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,010</x:t>
-[...11 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>55,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,614</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>55,929</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,149</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>