--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cd67d1cdfe24c19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc5ac47d7424e99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7674d4f605c4ea4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba79199f5f5c4877"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ba3327bf68481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7674d4f605c4ea4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c71a97e0ec4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba79199f5f5c4877" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Travel &amp; Leisure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>24,043</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,813</x:t>
-[...529 lines deleted...]
-          <x:t>23,900</x:t>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,820</x:t>
-[...26 lines deleted...]
-          <x:t>23,946</x:t>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>