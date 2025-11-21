--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc5ac47d7424e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e14793447a4504" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba79199f5f5c4877"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5259f6f16af439f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c71a97e0ec4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba79199f5f5c4877" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59dd72623ed74ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5259f6f16af439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Travel &amp; Leisure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>23,900</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,820</x:t>
-[...183 lines deleted...]
-          <x:t>23,786</x:t>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,856</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>23,606</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>