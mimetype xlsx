--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e14793447a4504" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0aea3bbd5c141ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5259f6f16af439f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc13a493fda24df3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59dd72623ed74ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5259f6f16af439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb39c23e39fcc4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc13a493fda24df3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Travel &amp; Leisure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>23,528</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,809</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>23,009</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>