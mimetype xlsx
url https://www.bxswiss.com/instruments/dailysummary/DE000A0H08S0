--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0aea3bbd5c141ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8582c0f0ecd49e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc13a493fda24df3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0822138312fb4632"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb39c23e39fcc4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc13a493fda24df3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78af2e318db44f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0822138312fb4632" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Travel &amp; Leisure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,131 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>24,228</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,403</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>