--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8582c0f0ecd49e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b07e9a1c1b47a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0822138312fb4632"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R269557d5b6684031"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78af2e318db44f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0822138312fb4632" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac94bce99124ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R269557d5b6684031" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Travel &amp; Leisure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>24,879</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,851</x:t>
-[...296 lines deleted...]
-          <x:t>25,087</x:t>
+          <x:t>24,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>