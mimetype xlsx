--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b07e9a1c1b47a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8630722d9a2f42c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R269557d5b6684031"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R712c54ebc1c84fd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac94bce99124ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R269557d5b6684031" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66d7054d71a34423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R712c54ebc1c84fd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Travel &amp; Leisure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,214</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,166</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>24,204</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>