--- v0 (2025-10-23)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a27808739a74d32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833245e20ed04b56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d235213d3b74601"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfe84dcbe03c4b41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,513 +91,108 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdacbc0ba67134f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d235213d3b74601" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42410b4a2762411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfe84dcbe03c4b41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares (DE) STOXX Europe 600 Telecommunications UCITS ETF Dist</x:t>
+          <x:t>iShares (DE) STOXX Europe 600 Telecommunications UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08R2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>