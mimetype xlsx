--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833245e20ed04b56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc124d4aefc84b69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfe84dcbe03c4b41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f7906b23bc943d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42410b4a2762411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfe84dcbe03c4b41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R123465be1bda4407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f7906b23bc943d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Telecommunications UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08R2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>23,872</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>24,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>