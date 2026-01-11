--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc124d4aefc84b69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R393228a15adb450b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f7906b23bc943d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f647f7c7ca44f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R123465be1bda4407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f7906b23bc943d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad76381b77534bc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f647f7c7ca44f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Telecommunications UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08R2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>