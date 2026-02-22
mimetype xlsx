--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R393228a15adb450b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21bbf64820214d71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f647f7c7ca44f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2020db40f3c4e96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad76381b77534bc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f647f7c7ca44f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd2daad2b0d74836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2020db40f3c4e96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Telecommunications UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08R2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>24,266</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>24,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>