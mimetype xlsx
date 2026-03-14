--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21bbf64820214d71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12502328ec7449f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2020db40f3c4e96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R218d2382e40a4744"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd2daad2b0d74836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2020db40f3c4e96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b5570d19e641b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R218d2382e40a4744" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Telecommunications UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08R2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>