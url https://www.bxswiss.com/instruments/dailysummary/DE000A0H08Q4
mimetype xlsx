--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec1724fb09fd414e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797610629ad14bb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc0a57c34c81463d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29540b03e6c04f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf203036cb3504ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc0a57c34c81463d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7070d6a6837d4bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29540b03e6c04f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Technology UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>