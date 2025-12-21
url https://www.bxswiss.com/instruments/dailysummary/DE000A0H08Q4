--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797610629ad14bb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7d2ae1953f4b6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29540b03e6c04f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re84249b40be2412e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7070d6a6837d4bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29540b03e6c04f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77185e93048c4c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re84249b40be2412e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Technology UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>79,521</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...478 lines deleted...]
-          <x:t>83,275</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>