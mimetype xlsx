--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7d2ae1953f4b6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc355722ecf764aa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re84249b40be2412e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d2a742892034449"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77185e93048c4c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re84249b40be2412e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra80bf749d36d47aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d2a742892034449" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Technology UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>