--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc355722ecf764aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e8a5346aa24e41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d2a742892034449"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f1e102264b43b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra80bf749d36d47aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d2a742892034449" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb93286422448fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f1e102264b43b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Technology UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>83,024</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,851</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>86,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>