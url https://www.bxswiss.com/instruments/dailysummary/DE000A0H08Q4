--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e8a5346aa24e41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2694d9d739734439" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f1e102264b43b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R522ca7837ecc4706"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb93286422448fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f1e102264b43b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac82a1724ca4960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R522ca7837ecc4706" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Technology UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>