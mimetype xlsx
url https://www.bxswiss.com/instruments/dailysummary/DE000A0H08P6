--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0caf97d2b1694172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a1a44ba89b54d6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd19210f286564acd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42faa79244894641"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb49703e9cae0438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd19210f286564acd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R460a14974cf040d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42faa79244894641" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Retail UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,535</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>43,262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,814</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>