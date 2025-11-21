--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a1a44ba89b54d6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6d9b5a51f24141" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42faa79244894641"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R268575d9cad9472d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R460a14974cf040d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42faa79244894641" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reacd441e43ca44f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R268575d9cad9472d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Retail UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,549 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>43,818</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,071</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...366 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,442</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>