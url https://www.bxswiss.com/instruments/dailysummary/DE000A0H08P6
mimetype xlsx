--- v2 (2025-11-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6d9b5a51f24141" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd99c57421e3464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R268575d9cad9472d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10a0c5033cb444fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reacd441e43ca44f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R268575d9cad9472d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd97bb1d81d0c438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10a0c5033cb444fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Retail UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>41,866</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>