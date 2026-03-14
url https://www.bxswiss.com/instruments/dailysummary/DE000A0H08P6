--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd99c57421e3464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2970dc5f2e0d4026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10a0c5033cb444fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca21a710e0045d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd97bb1d81d0c438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10a0c5033cb444fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b213c66cffa48d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca21a710e0045d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Retail UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>46,642</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,417</x:t>
-[...92 lines deleted...]
-          <x:t>46,041</x:t>
+          <x:t>45,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>46,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>45,979</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>46,241</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>