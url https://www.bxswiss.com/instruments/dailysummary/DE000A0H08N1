--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd608db1f5004c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb89febd6d40942f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ffa5ef1fef241f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03205e45b5094ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra628974e37494bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ffa5ef1fef241f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05454a1ff0d454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03205e45b5094ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Personal &amp; Household Goods UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08N1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>103,719</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-          <x:t>11.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,859</x:t>
-[...171 lines deleted...]
-          <x:t>103,433</x:t>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>