--- v1 (2026-01-11)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb89febd6d40942f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3637e6620be40c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03205e45b5094ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R672bd6566b674f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05454a1ff0d454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03205e45b5094ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd213d04b8174c16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R672bd6566b674f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Personal &amp; Household Goods UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08N1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>