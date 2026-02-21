--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3637e6620be40c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bfbbf16a33d47da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R672bd6566b674f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc94781792af4533"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd213d04b8174c16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R672bd6566b674f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd747baee32ff410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc94781792af4533" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Personal &amp; Household Goods UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08N1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>105,108</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>