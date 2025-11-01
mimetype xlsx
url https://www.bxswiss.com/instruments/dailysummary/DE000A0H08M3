--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5844371c1e564172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebdd22d8a1fb4e57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5417495b20a64451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a69d33601e422a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a502ecad486478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5417495b20a64451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6df56b77e3b4864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a69d33601e422a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Oil &amp; Gas UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08M3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>35,020</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,559</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...553 lines deleted...]
-          <x:t>37,151</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,100</x:t>
-[...53 lines deleted...]
-          <x:t>36,077</x:t>
+          <x:t>36,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>