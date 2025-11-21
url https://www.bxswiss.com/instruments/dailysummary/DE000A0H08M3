--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebdd22d8a1fb4e57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0bf995dec542de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a69d33601e422a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30aa608fbde4ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6df56b77e3b4864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a69d33601e422a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bef97fd5da46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30aa608fbde4ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Oil &amp; Gas UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08M3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>37,151</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,100</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>36,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,356</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>