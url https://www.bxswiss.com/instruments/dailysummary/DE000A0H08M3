--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0bf995dec542de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac09af0771148dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30aa608fbde4ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfab0daf44a324804"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bef97fd5da46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30aa608fbde4ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67a474afa8d94c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfab0daf44a324804" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Oil &amp; Gas UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08M3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>38,201</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,759</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>37,787</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,868</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>38,210</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>