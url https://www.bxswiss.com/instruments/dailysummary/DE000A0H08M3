--- v3 (2026-01-01)
+++ v4 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac09af0771148dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf68025fe70514f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfab0daf44a324804"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c77a80f5bb4984"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67a474afa8d94c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfab0daf44a324804" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5445a96cd1e41ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c77a80f5bb4984" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Oil &amp; Gas UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08M3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>37,981</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>