--- v4 (2026-02-13)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf68025fe70514f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db8a085e2aa4ace" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c77a80f5bb4984"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e708e2ffde8493c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5445a96cd1e41ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c77a80f5bb4984" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09ce065b37ca4bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e708e2ffde8493c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Oil &amp; Gas UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08M3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>