--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db8a085e2aa4ace" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fe0c2921d744d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e708e2ffde8493c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3bc6feece1041e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09ce065b37ca4bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e708e2ffde8493c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e2e2a5750f94491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3bc6feece1041e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Oil &amp; Gas UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08M3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,426</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>