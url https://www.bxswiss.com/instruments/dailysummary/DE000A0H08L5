--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d269e850ff4337" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a9495fa6dc4463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19bf2dc747cd4fce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra53ab316ff334a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70014575c5d4467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19bf2dc747cd4fce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8320eee1cad74dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra53ab316ff334a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Media UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>35,489</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,007</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>35,689</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,808</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>22.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,938</x:t>
-[...252 lines deleted...]
-          <x:t>36,130</x:t>
+          <x:t>34,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>