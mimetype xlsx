--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a9495fa6dc4463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625e7b8757a342d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra53ab316ff334a7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd898f34523994104"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8320eee1cad74dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra53ab316ff334a7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64bd790bf4434b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd898f34523994104" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Media UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>35,634</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>