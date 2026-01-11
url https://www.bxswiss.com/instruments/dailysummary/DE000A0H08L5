--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625e7b8757a342d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e60d9c61b0f4f41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd898f34523994104"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88989bf196b74d19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64bd790bf4434b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd898f34523994104" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89d858f43a9f43a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88989bf196b74d19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Media UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>33,945</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,809</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>33,992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,831</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>