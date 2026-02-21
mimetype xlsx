--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e60d9c61b0f4f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e376177243f43db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88989bf196b74d19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33b9514ccd04769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89d858f43a9f43a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88989bf196b74d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f02df253fd448da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33b9514ccd04769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Media UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>34,498</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>