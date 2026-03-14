--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e376177243f43db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0acad2607ff146bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33b9514ccd04769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9084dfc713cb46c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f02df253fd448da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33b9514ccd04769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3338b0ff3864982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9084dfc713cb46c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Media UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>30,450</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,492</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...288 lines deleted...]
-          <x:t>29,640</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>30,427</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>