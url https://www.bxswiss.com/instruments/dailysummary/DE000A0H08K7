--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dd9cfb95d184bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e43f113d349467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0049a5ff036f400e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re99ebe578eef47d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602da907215f4cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0049a5ff036f400e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0cc481fd39c4403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re99ebe578eef47d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Insurance UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,664</x:t>
-[...549 lines deleted...]
-          <x:t>45,814</x:t>
+          <x:t>44,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>