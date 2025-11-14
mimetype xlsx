--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e43f113d349467a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb055bc2148d4755" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re99ebe578eef47d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e5134d58cc4204"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,731 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0cc481fd39c4403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re99ebe578eef47d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb6969f22b94440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e5134d58cc4204" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares (DE) STOXX Europe 600 Insurance UCITS ETF Dist</x:t>
+          <x:t>iShares (DE) STOXX Europe 600 Insurance UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>44,608</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,682</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>44,540</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>