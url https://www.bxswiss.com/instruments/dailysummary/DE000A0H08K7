--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb055bc2148d4755" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8febf6f537243d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e5134d58cc4204"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa1e5ebf6d284b75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb6969f22b94440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e5134d58cc4204" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bdfb0f8d52b4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa1e5ebf6d284b75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Insurance UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>49,294</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>