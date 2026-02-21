--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8febf6f537243d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R787f9042d7c74c84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa1e5ebf6d284b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8214d160c25e4221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bdfb0f8d52b4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa1e5ebf6d284b75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf990e4214794d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8214d160c25e4221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Insurance UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,660</x:t>
-[...85 lines deleted...]
-          <x:t>49,839</x:t>
+          <x:t>49,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>49,324</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,679</x:t>
-        </x:is>
-[...52 lines deleted...]
-          <x:t>49,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>