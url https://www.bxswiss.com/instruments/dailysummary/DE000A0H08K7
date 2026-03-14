--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R787f9042d7c74c84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12f6b962672c4a84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8214d160c25e4221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a09e0059e346ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf990e4214794d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8214d160c25e4221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bec89c6c1854c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a09e0059e346ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Insurance UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>48,148</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,194</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>49,679</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>